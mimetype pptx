--- v0 (2025-10-26)
+++ v1 (2026-03-23)
@@ -1,157 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
+  <Default ContentType="application/x-fontdata" Extension="fntdata"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide30.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide26.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide27.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide23.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide18.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide30.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide26.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide23.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide27.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" autoCompressPictures="0" strictFirstAndLastChars="0" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" autoCompressPictures="0" embedTrueTypeFonts="1" strictFirstAndLastChars="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483656" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId5"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="258" r:id="rId8"/>
     <p:sldId id="259" r:id="rId9"/>
     <p:sldId id="260" r:id="rId10"/>
     <p:sldId id="261" r:id="rId11"/>
     <p:sldId id="262" r:id="rId12"/>
     <p:sldId id="263" r:id="rId13"/>
     <p:sldId id="264" r:id="rId14"/>
     <p:sldId id="265" r:id="rId15"/>
     <p:sldId id="266" r:id="rId16"/>
     <p:sldId id="267" r:id="rId17"/>
     <p:sldId id="268" r:id="rId18"/>
     <p:sldId id="269" r:id="rId19"/>
     <p:sldId id="270" r:id="rId20"/>
     <p:sldId id="271" r:id="rId21"/>
     <p:sldId id="272" r:id="rId22"/>
     <p:sldId id="273" r:id="rId23"/>
     <p:sldId id="274" r:id="rId24"/>
     <p:sldId id="275" r:id="rId25"/>
     <p:sldId id="276" r:id="rId26"/>
     <p:sldId id="277" r:id="rId27"/>
     <p:sldId id="278" r:id="rId28"/>
     <p:sldId id="279" r:id="rId29"/>
     <p:sldId id="280" r:id="rId30"/>
     <p:sldId id="281" r:id="rId31"/>
     <p:sldId id="282" r:id="rId32"/>
     <p:sldId id="283" r:id="rId33"/>
     <p:sldId id="284" r:id="rId34"/>
-    <p:sldId id="285" r:id="rId35"/>
   </p:sldIdLst>
   <p:sldSz cy="5143500" cx="9144000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Work Sans Black"/>
+      <p:bold r:id="rId35"/>
+      <p:boldItalic r:id="rId36"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Work Sans"/>
+      <p:regular r:id="rId37"/>
+      <p:bold r:id="rId38"/>
+      <p:italic r:id="rId39"/>
+      <p:boldItalic r:id="rId40"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -381,55 +394,55 @@
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="1620" orient="horz"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-boldItalic.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSansBlack-bold.fntdata"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-regular.fntdata"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSansBlack-boldItalic.fntdata"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-italic.fntdata"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-bold.fntdata"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
@@ -906,54 +919,50 @@
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1038,991 +1047,991 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="94" name="Shape 94"/>
+        <p:cNvPr id="96" name="Shape 96"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="95" name="Google Shape;95;g30cd575e285_0_52:notes"/>
+          <p:cNvPr id="97" name="Google Shape;97;g30cd575e285_0_52:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="96" name="Google Shape;96;g30cd575e285_0_52:notes"/>
+          <p:cNvPr id="98" name="Google Shape;98;g30cd575e285_0_52:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="101" name="Shape 101"/>
+        <p:cNvPr id="103" name="Shape 103"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="102" name="Google Shape;102;g30cd575e285_0_60:notes"/>
+          <p:cNvPr id="104" name="Google Shape;104;g30cd575e285_0_60:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="103" name="Google Shape;103;g30cd575e285_0_60:notes"/>
+          <p:cNvPr id="105" name="Google Shape;105;g30cd575e285_0_60:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="108" name="Shape 108"/>
+        <p:cNvPr id="110" name="Shape 110"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="109" name="Google Shape;109;g2f846023ab3_0_252:notes"/>
+          <p:cNvPr id="111" name="Google Shape;111;g2f846023ab3_0_252:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="110" name="Google Shape;110;g2f846023ab3_0_252:notes"/>
+          <p:cNvPr id="112" name="Google Shape;112;g2f846023ab3_0_252:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="116" name="Shape 116"/>
+        <p:cNvPr id="118" name="Shape 118"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="117" name="Google Shape;117;g30cd575e285_0_0:notes"/>
+          <p:cNvPr id="119" name="Google Shape;119;g30cd575e285_0_0:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="118" name="Google Shape;118;g30cd575e285_0_0:notes"/>
+          <p:cNvPr id="120" name="Google Shape;120;g30cd575e285_0_0:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="124" name="Shape 124"/>
+        <p:cNvPr id="126" name="Shape 126"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="125" name="Google Shape;125;g2df45759fe1_0_13:notes"/>
+          <p:cNvPr id="127" name="Google Shape;127;g2df45759fe1_0_13:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="126" name="Google Shape;126;g2df45759fe1_0_13:notes"/>
+          <p:cNvPr id="128" name="Google Shape;128;g2df45759fe1_0_13:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="130" name="Shape 130"/>
+        <p:cNvPr id="132" name="Shape 132"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="131" name="Google Shape;131;g30cd575e285_0_8:notes"/>
+          <p:cNvPr id="133" name="Google Shape;133;g30cd575e285_0_8:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="132" name="Google Shape;132;g30cd575e285_0_8:notes"/>
+          <p:cNvPr id="134" name="Google Shape;134;g30cd575e285_0_8:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="137" name="Shape 137"/>
+        <p:cNvPr id="139" name="Shape 139"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="138" name="Google Shape;138;g2f846023ab3_0_99:notes"/>
+          <p:cNvPr id="140" name="Google Shape;140;g2f846023ab3_0_99:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="139" name="Google Shape;139;g2f846023ab3_0_99:notes"/>
+          <p:cNvPr id="141" name="Google Shape;141;g2f846023ab3_0_99:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="149" name="Shape 149"/>
+        <p:cNvPr id="151" name="Shape 151"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="150" name="Google Shape;150;g26f82b354d3_0_15:notes"/>
+          <p:cNvPr id="152" name="Google Shape;152;g26f82b354d3_0_15:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="151" name="Google Shape;151;g26f82b354d3_0_15:notes"/>
+          <p:cNvPr id="153" name="Google Shape;153;g26f82b354d3_0_15:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="159" name="Shape 159"/>
+        <p:cNvPr id="164" name="Shape 164"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="160" name="Google Shape;160;g2df45759fe1_0_490:notes"/>
+          <p:cNvPr id="165" name="Google Shape;165;g2df45759fe1_0_490:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="161" name="Google Shape;161;g2df45759fe1_0_490:notes"/>
+          <p:cNvPr id="166" name="Google Shape;166;g2df45759fe1_0_490:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="166" name="Shape 166"/>
+        <p:cNvPr id="171" name="Shape 171"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="167" name="Google Shape;167;g2df45759fe1_0_3:notes"/>
+          <p:cNvPr id="172" name="Google Shape;172;g2df45759fe1_0_3:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="168" name="Google Shape;168;g2df45759fe1_0_3:notes"/>
+          <p:cNvPr id="173" name="Google Shape;173;g2df45759fe1_0_3:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2127,991 +2136,991 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="176" name="Shape 176"/>
+        <p:cNvPr id="185" name="Shape 185"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="177" name="Google Shape;177;g2f846023ab3_0_93:notes"/>
+          <p:cNvPr id="186" name="Google Shape;186;g2f846023ab3_0_93:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="178" name="Google Shape;178;g2f846023ab3_0_93:notes"/>
+          <p:cNvPr id="187" name="Google Shape;187;g2f846023ab3_0_93:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="183" name="Shape 183"/>
+        <p:cNvPr id="193" name="Shape 193"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="184" name="Google Shape;184;g2f846023ab3_0_0:notes"/>
+          <p:cNvPr id="194" name="Google Shape;194;g2f846023ab3_0_0:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="185" name="Google Shape;185;g2f846023ab3_0_0:notes"/>
+          <p:cNvPr id="195" name="Google Shape;195;g2f846023ab3_0_0:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="189" name="Shape 189"/>
+        <p:cNvPr id="199" name="Shape 199"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="190" name="Google Shape;190;g2df45759fe1_0_508:notes"/>
+          <p:cNvPr id="200" name="Google Shape;200;g2df45759fe1_0_508:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="191" name="Google Shape;191;g2df45759fe1_0_508:notes"/>
+          <p:cNvPr id="201" name="Google Shape;201;g2df45759fe1_0_508:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="196" name="Shape 196"/>
+        <p:cNvPr id="206" name="Shape 206"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="197" name="Google Shape;197;g2f846023ab3_0_180:notes"/>
+          <p:cNvPr id="207" name="Google Shape;207;g2f846023ab3_0_180:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="198" name="Google Shape;198;g2f846023ab3_0_180:notes"/>
+          <p:cNvPr id="208" name="Google Shape;208;g2f846023ab3_0_180:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="204" name="Shape 204"/>
+        <p:cNvPr id="216" name="Shape 216"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="205" name="Google Shape;205;g2f846023ab3_0_5:notes"/>
+          <p:cNvPr id="217" name="Google Shape;217;g2f846023ab3_0_5:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="206" name="Google Shape;206;g2f846023ab3_0_5:notes"/>
+          <p:cNvPr id="218" name="Google Shape;218;g2f846023ab3_0_5:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="212" name="Shape 212"/>
+        <p:cNvPr id="223" name="Shape 223"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="213" name="Google Shape;213;g2f846023ab3_0_12:notes"/>
+          <p:cNvPr id="224" name="Google Shape;224;g2f846023ab3_0_12:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="214" name="Google Shape;214;g2f846023ab3_0_12:notes"/>
+          <p:cNvPr id="225" name="Google Shape;225;g2f846023ab3_0_12:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="220" name="Shape 220"/>
+        <p:cNvPr id="231" name="Shape 231"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="221" name="Google Shape;221;g2f846023ab3_0_19:notes"/>
+          <p:cNvPr id="232" name="Google Shape;232;g2f846023ab3_0_25:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="222" name="Google Shape;222;g2f846023ab3_0_19:notes"/>
+          <p:cNvPr id="233" name="Google Shape;233;g2f846023ab3_0_25:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="227" name="Shape 227"/>
+        <p:cNvPr id="237" name="Shape 237"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="228" name="Google Shape;228;g3229921cc03_3_6:notes"/>
+          <p:cNvPr id="238" name="Google Shape;238;g2f846023ab3_0_19:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="229" name="Google Shape;229;g3229921cc03_3_6:notes"/>
+          <p:cNvPr id="239" name="Google Shape;239;g2f846023ab3_0_19:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="234" name="Shape 234"/>
+        <p:cNvPr id="244" name="Shape 244"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="235" name="Google Shape;235;g2f846023ab3_0_175:notes"/>
+          <p:cNvPr id="245" name="Google Shape;245;g3229921cc03_3_6:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="236" name="Google Shape;236;g2f846023ab3_0_175:notes"/>
+          <p:cNvPr id="246" name="Google Shape;246;g3229921cc03_3_6:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="240" name="Shape 240"/>
+        <p:cNvPr id="251" name="Shape 251"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="241" name="Google Shape;241;g2f846023ab3_0_25:notes"/>
+          <p:cNvPr id="252" name="Google Shape;252;g26ece84ecbc_0_101:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="242" name="Google Shape;242;g2f846023ab3_0_25:notes"/>
+          <p:cNvPr id="253" name="Google Shape;253;g26ece84ecbc_0_101:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -3211,745 +3220,646 @@
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="246" name="Shape 246"/>
+        <p:cNvPr id="52" name="Shape 52"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="247" name="Google Shape;247;g26ece84ecbc_0_101:notes"/>
+          <p:cNvPr id="53" name="Google Shape;53;g2f846023ab3_0_216:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="248" name="Google Shape;248;g26ece84ecbc_0_101:notes"/>
+          <p:cNvPr id="54" name="Google Shape;54;g2f846023ab3_0_216:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="52" name="Shape 52"/>
+        <p:cNvPr id="60" name="Shape 60"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="53" name="Google Shape;53;g2f846023ab3_0_216:notes"/>
+          <p:cNvPr id="61" name="Google Shape;61;g30cd575e285_0_19:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="54" name="Google Shape;54;g2f846023ab3_0_216:notes"/>
+          <p:cNvPr id="62" name="Google Shape;62;g30cd575e285_0_19:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="59" name="Shape 59"/>
+        <p:cNvPr id="68" name="Shape 68"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="60" name="Google Shape;60;g30cd575e285_0_19:notes"/>
+          <p:cNvPr id="69" name="Google Shape;69;g30cd575e285_0_27:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="61" name="Google Shape;61;g30cd575e285_0_19:notes"/>
+          <p:cNvPr id="70" name="Google Shape;70;g30cd575e285_0_27:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="66" name="Shape 66"/>
+        <p:cNvPr id="75" name="Shape 75"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="67" name="Google Shape;67;g30cd575e285_0_27:notes"/>
+          <p:cNvPr id="76" name="Google Shape;76;g30cd575e285_0_35:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="68" name="Google Shape;68;g30cd575e285_0_27:notes"/>
+          <p:cNvPr id="77" name="Google Shape;77;g30cd575e285_0_35:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="73" name="Shape 73"/>
+        <p:cNvPr id="82" name="Shape 82"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="74" name="Google Shape;74;g30cd575e285_0_35:notes"/>
+          <p:cNvPr id="83" name="Google Shape;83;g30cd575e285_0_44:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="75" name="Google Shape;75;g30cd575e285_0_35:notes"/>
+          <p:cNvPr id="84" name="Google Shape;84;g30cd575e285_0_44:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="80" name="Shape 80"/>
+        <p:cNvPr id="89" name="Shape 89"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="81" name="Google Shape;81;g30cd575e285_0_44:notes"/>
+          <p:cNvPr id="90" name="Google Shape;90;g30cd575e285_0_68:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="82" name="Google Shape;82;g30cd575e285_0_44:notes"/>
+          <p:cNvPr id="91" name="Google Shape;91;g30cd575e285_0_68:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
-[...97 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -6688,51 +6598,51 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2900"/>
               <a:buNone/>
               <a:defRPr sz="2900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p/>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7133,51 +7043,51 @@
               <a:buChar char="•"/>
               <a:defRPr i="0" sz="1500" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Work Sans"/>
                 <a:ea typeface="Work Sans"/>
                 <a:cs typeface="Work Sans"/>
                 <a:sym typeface="Work Sans"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p/>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Google Shape;8;p1"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId1">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="10563" l="4365" r="3731" t="10127"/>
+          <a:srcRect b="10564" l="4365" r="3731" t="10128"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7635150" y="4585898"/>
             <a:ext cx="1508850" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" bg1="lt1" bg2="dk2" tx1="dk1" tx2="lt2" folHlink="folHlink" hlink="hlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483648" r:id="rId2"/>
     <p:sldLayoutId id="2147483649" r:id="rId3"/>
     <p:sldLayoutId id="2147483650" r:id="rId4"/>
     <p:sldLayoutId id="2147483651" r:id="rId5"/>
     <p:sldLayoutId id="2147483652" r:id="rId6"/>
@@ -7861,163 +7771,159 @@
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/resources/content-vs-microcontent" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/how-do-i-content-types/how-do-i-work-microcontent" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/media/how-do-i-work-media-library" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.gif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.gif"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/build-website/how-do-i-replace-existing-media-item" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1jtWpUaRWwHJo7E03yXsBceJ09cTEuNE8?usp=drive_link" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://servicedesk.iowa.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/media/image-ratio" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1jtWpUaRWwHJo7E03yXsBceJ09cTEuNE8?usp=drive_link" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/build-website/how-do-i-replace-existing-media-item" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1jtWpUaRWwHJo7E03yXsBceJ09cTEuNE8?usp=drive_link" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/media/image-ratio" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1jtWpUaRWwHJo7E03yXsBceJ09cTEuNE8?usp=drive_link" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.gif"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/resources/which-content-type" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.gif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dxtraining.iowa.gov/resources/which-content-type" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="37" name="Shape 37"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Google Shape;38;p10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -8165,371 +8071,383 @@
             <a:endParaRPr sz="3400">
               <a:solidFill>
                 <a:srgbClr val="03617A"/>
               </a:solidFill>
               <a:latin typeface="Work Sans Black"/>
               <a:ea typeface="Work Sans Black"/>
               <a:cs typeface="Work Sans Black"/>
               <a:sym typeface="Work Sans Black"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="97" name="Shape 97"/>
+        <p:cNvPr id="99" name="Shape 99"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="98" name="Google Shape;98;p19"/>
+          <p:cNvPr id="100" name="Google Shape;100;p19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="774925"/>
-            <a:ext cx="8062500" cy="3985800"/>
+            <a:ext cx="8062500" cy="1998000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...7 lines deleted...]
-              <a:rPr lang="en"/>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>Use Event content type for meetings and other events with a scheduled date and time. Events can be in person or online, and allow you to link to a page where people can register. You can also create lists of events using the Listing page content type or the Automatic list </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>microcontent</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="2100"/>
               <a:t> type. </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr sz="2100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="99" name="Google Shape;99;p19"/>
+          <p:cNvPr id="101" name="Google Shape;101;p19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>When to Event Pages</a:t>
+              <a:t>When to Use Event Pages</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="100" name="Google Shape;100;p19"/>
+          <p:cNvPr id="102" name="Google Shape;102;p19"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2574800" y="2888400"/>
-            <a:ext cx="3994399" cy="2165824"/>
+            <a:off x="2568111" y="2808137"/>
+            <a:ext cx="3994399" cy="2165825"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="104" name="Shape 104"/>
+        <p:cNvPr id="106" name="Shape 106"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="105" name="Google Shape;105;p20"/>
+          <p:cNvPr id="107" name="Google Shape;107;p20"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453500" y="774925"/>
-            <a:ext cx="3353700" cy="3985800"/>
+            <a:off x="453500" y="861876"/>
+            <a:ext cx="3353700" cy="3710400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Use the news content type to create timely, interesting, and noteworthy content. While they are similar to Basic Pages you can not embed micro-content into a new’s content type.</a:t>
+              <a:t>Use the News content type to create timely, interesting, and noteworthy content. While they are similar to Basic pages, you can not embed microcontent into a News content type.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="106" name="Google Shape;106;p20"/>
+          <p:cNvPr id="108" name="Google Shape;108;p20"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>When to News Pages</a:t>
+              <a:t>When to Use News Pages</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="107" name="Google Shape;107;p20"/>
+          <p:cNvPr id="109" name="Google Shape;109;p20"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3959600" y="927325"/>
+            <a:off x="3807200" y="994200"/>
             <a:ext cx="5032001" cy="3036899"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="111" name="Shape 111"/>
+        <p:cNvPr id="113" name="Shape 113"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="112" name="Google Shape;112;p21"/>
+          <p:cNvPr id="114" name="Google Shape;114;p21"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453400" y="929100"/>
-            <a:ext cx="8228100" cy="2563200"/>
+            <a:ext cx="8228100" cy="2566500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en"/>
-              <a:t>Basic Page Content Type Tool Bar:</a:t>
+              <a:t>Basic page content type toolbar:</a:t>
             </a:r>
             <a:endParaRPr b="1"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -8552,1568 +8470,1912 @@
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
               <a:t>Not all content types will have this same toolbar.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en"/>
-              <a:t>New’s Page &amp; Micro Content Tool Bar:</a:t>
+              <a:t>News page and microcontent toolbar:</a:t>
             </a:r>
             <a:endParaRPr b="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="113" name="Google Shape;113;p21"/>
+          <p:cNvPr id="115" name="Google Shape;115;p21"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>WYSIWIG Editor Tool Bar Differences</a:t>
+              <a:t>WYSIWYG Editor Toolbar Differences</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="114" name="Google Shape;114;p21"/>
+          <p:cNvPr id="116" name="Google Shape;116;p21"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="152400" y="3433325"/>
+            <a:off x="152400" y="3399882"/>
             <a:ext cx="8839199" cy="779929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="115" name="Google Shape;115;p21"/>
+          <p:cNvPr id="117" name="Google Shape;117;p21"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="96563" y="1510900"/>
-            <a:ext cx="8950875" cy="616350"/>
+            <a:off x="277172" y="1419200"/>
+            <a:ext cx="8631249" cy="594350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="119" name="Shape 119"/>
+        <p:cNvPr id="121" name="Shape 121"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="120" name="Google Shape;120;p22"/>
+          <p:cNvPr id="122" name="Google Shape;122;p22"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453500" y="774925"/>
-            <a:ext cx="3672900" cy="3642000"/>
+            <a:off x="453500" y="821745"/>
+            <a:ext cx="3672900" cy="4191900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>You can delete content types that you’ve added to the Library by clicking the arrow beside the ‘Edit’ dropdown only if you have that author access. Any content that is unpublished won’t appear within search results. Only published content types will. </a:t>
+            </a:r>
+            <a:endParaRPr sz="2100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="121" name="Google Shape;121;p22"/>
+          <p:cNvPr id="123" name="Google Shape;123;p22"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
               <a:t>How to Delete Content Types</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="122" name="Google Shape;122;p22"/>
+          <p:cNvPr id="124" name="Google Shape;124;p22"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4049022" y="1076375"/>
-            <a:ext cx="4898600" cy="3347449"/>
+            <a:off x="4264250" y="973850"/>
+            <a:ext cx="4676675" cy="3195799"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="123" name="Google Shape;123;p22"/>
+          <p:cNvPr id="125" name="Google Shape;125;p22"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8849425" y="2350800"/>
+            <a:off x="8809306" y="2056475"/>
             <a:ext cx="0" cy="1492500"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="76200">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="med" w="med" type="none"/>
             <a:tailEnd len="med" w="med" type="triangle"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="127" name="Shape 127"/>
+        <p:cNvPr id="129" name="Shape 129"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="128" name="Google Shape;128;p23"/>
+          <p:cNvPr id="130" name="Google Shape;130;p23"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="49325" y="744575"/>
             <a:ext cx="9094800" cy="2052900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>How to Create  Micro-Content</a:t>
+              <a:t>How to Create  Microcontent</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="129" name="Google Shape;129;p23"/>
+          <p:cNvPr id="131" name="Google Shape;131;p23"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="2980700"/>
             <a:ext cx="8520600" cy="792600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>What is a Micro-Content? </a:t>
+              <a:t>What is Microcontent? </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>Where can they go?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="133" name="Shape 133"/>
+        <p:cNvPr id="135" name="Shape 135"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="134" name="Google Shape;134;p24"/>
+          <p:cNvPr id="136" name="Google Shape;136;p24"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453500" y="2501175"/>
-            <a:ext cx="8473800" cy="2564700"/>
+            <a:off x="453500" y="2588126"/>
+            <a:ext cx="8473800" cy="2044500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...6 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>Microcontent</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t> is g</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>reat for highlighting information on your site. It makes it easier to add image button links and videos that will be used in multiple spots on your site.</a:t>
+            </a:r>
+            <a:endParaRPr sz="2100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>You can’t link directly to microcontent. It can only be embedded within a content type.</a:t>
+            </a:r>
+            <a:endParaRPr sz="2100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="135" name="Google Shape;135;p24"/>
+          <p:cNvPr id="137" name="Google Shape;137;p24"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>What are Micro-Content used for</a:t>
+              <a:t>How is Microcontent Used?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="136" name="Google Shape;136;p24"/>
+          <p:cNvPr id="138" name="Google Shape;138;p24"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2116372" y="811513"/>
+            <a:off x="2116372" y="844956"/>
             <a:ext cx="4911248" cy="1653075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="140" name="Shape 140"/>
+        <p:cNvPr id="142" name="Shape 142"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="141" name="Google Shape;141;p25"/>
+          <p:cNvPr id="143" name="Google Shape;143;p25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="170350" y="929100"/>
             <a:ext cx="2139300" cy="3642000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>This is what the micro content will look like on the live site verse what it looks like when you’re editing.</a:t>
+              <a:t>This is what microcontent will look like on the live site versus what it looks like when you’re editing.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="142" name="Google Shape;142;p25"/>
+          <p:cNvPr id="144" name="Google Shape;144;p25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="170350" y="236575"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
               <a:t>Example</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="143" name="Google Shape;143;p25"/>
+          <p:cNvPr id="145" name="Google Shape;145;p25"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5450225" y="1262600"/>
             <a:ext cx="3586450" cy="2974999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="144" name="Google Shape;144;p25"/>
+          <p:cNvPr id="146" name="Google Shape;146;p25"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="0" l="0" r="5793" t="0"/>
+          <a:srcRect b="0" l="0" r="5794" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2397788" y="144350"/>
             <a:ext cx="2964300" cy="4854800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="145" name="Google Shape;145;p25"/>
+          <p:cNvPr id="147" name="Google Shape;147;p25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6027950" y="148650"/>
             <a:ext cx="2139300" cy="424800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Live Page</a:t>
+              <a:t>Live page</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="146" name="Google Shape;146;p25"/>
+          <p:cNvPr id="148" name="Google Shape;148;p25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6946275" y="816188"/>
             <a:ext cx="2139300" cy="424800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Edit Page</a:t>
+              <a:t>Edit page</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="147" name="Google Shape;147;p25"/>
+          <p:cNvPr id="149" name="Google Shape;149;p25"/>
           <p:cNvCxnSpPr>
-            <a:stCxn id="145" idx="1"/>
+            <a:stCxn id="147" idx="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="5520650" y="361050"/>
             <a:ext cx="507300" cy="6300"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="med" w="med" type="none"/>
             <a:tailEnd len="med" w="med" type="triangle"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="148" name="Google Shape;148;p25"/>
+          <p:cNvPr id="150" name="Google Shape;150;p25"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="7603075" y="1169700"/>
             <a:ext cx="1800" cy="521400"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="med" w="med" type="none"/>
             <a:tailEnd len="med" w="med" type="triangle"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="152" name="Shape 152"/>
+        <p:cNvPr id="154" name="Shape 154"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="153" name="Google Shape;153;p26"/>
+          <p:cNvPr id="155" name="Google Shape;155;p26"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453400" y="224350"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Which Micro Content is mostly used?</a:t>
+              <a:t>Which Microcontent is Most Used?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="154" name="Google Shape;154;p26"/>
+          <p:cNvPr id="156" name="Google Shape;156;p26"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="223800" y="898075"/>
-            <a:ext cx="8228100" cy="1673700"/>
+            <a:ext cx="8228100" cy="1247700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>For most authors creating informational pages the micro content you will be using the most would be: Promo, Accordion, Automatic List and Link Collection List.</a:t>
+              <a:t>For most authors creating informational pages, the microcontent you will use the most are Promo, Accordion, Link Collection List, and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>Automatic List</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="155" name="Google Shape;155;p26"/>
+          <p:cNvPr id="157" name="Google Shape;157;p26"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5003101" y="2295112"/>
-            <a:ext cx="2849476" cy="2202000"/>
+            <a:off x="573011" y="2199283"/>
+            <a:ext cx="2239926" cy="2082625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="158" name="Google Shape;158;p26"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1214383" y="4281920"/>
+            <a:ext cx="827100" cy="314400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="1700"/>
+              <a:t>Promo</a:t>
+            </a:r>
+            <a:endParaRPr sz="1700"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="156" name="Google Shape;156;p26"/>
+          <p:cNvPr id="159" name="Google Shape;159;p26" title="Screenshot 2025-09-30 120300.png"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2480370" y="2295101"/>
-            <a:ext cx="2480478" cy="2202000"/>
+            <a:off x="3054525" y="2199283"/>
+            <a:ext cx="2469474" cy="1927724"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="160" name="Google Shape;160;p26"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5758900" y="2199282"/>
+            <a:ext cx="2643225" cy="2379645"/>
+            <a:chOff x="5424475" y="2199282"/>
+            <a:chExt cx="2643225" cy="2379645"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="161" name="Google Shape;161;p26"/>
+            <p:cNvPicPr preferRelativeResize="0"/>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5">
+              <a:alphaModFix/>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5424475" y="2199282"/>
+              <a:ext cx="2610728" cy="2017526"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln cap="flat" cmpd="sng" w="9525">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="162" name="Google Shape;162;p26"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5457100" y="4211127"/>
+              <a:ext cx="2610600" cy="367800"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+                <a:lnSpc>
+                  <a:spcPct val="115000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="900"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClr>
+                  <a:schemeClr val="dk1"/>
+                </a:buClr>
+                <a:buSzPts val="1100"/>
+                <a:buFont typeface="Arial"/>
+                <a:buNone/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en" sz="1700">
+                  <a:solidFill>
+                    <a:schemeClr val="dk1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Work Sans"/>
+                  <a:ea typeface="Work Sans"/>
+                  <a:cs typeface="Work Sans"/>
+                  <a:sym typeface="Work Sans"/>
+                </a:rPr>
+                <a:t>Link Collection</a:t>
+              </a:r>
+              <a:endParaRPr sz="1700">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Work Sans"/>
+                <a:ea typeface="Work Sans"/>
+                <a:cs typeface="Work Sans"/>
+                <a:sym typeface="Work Sans"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="163" name="Google Shape;163;p26"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3516100" y="4127018"/>
+            <a:ext cx="1539600" cy="367800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-      </p:pic>
-[...44 lines deleted...]
-        </p:spPr>
         <p:txBody>
-          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...6 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="1700">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Work Sans"/>
+                <a:ea typeface="Work Sans"/>
+                <a:cs typeface="Work Sans"/>
+                <a:sym typeface="Work Sans"/>
+              </a:rPr>
+              <a:t>Accordion</a:t>
+            </a:r>
+            <a:endParaRPr sz="1700">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Work Sans"/>
+              <a:ea typeface="Work Sans"/>
+              <a:cs typeface="Work Sans"/>
+              <a:sym typeface="Work Sans"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="162" name="Shape 162"/>
+        <p:cNvPr id="167" name="Shape 167"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="163" name="Google Shape;163;p27"/>
+          <p:cNvPr id="168" name="Google Shape;168;p27"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453400" y="224350"/>
-            <a:ext cx="8228100" cy="558000"/>
+            <a:off x="300250" y="224350"/>
+            <a:ext cx="8527800" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
+              <a:rPr lang="en" sz="3100"/>
               <a:t>Where </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="3100"/>
+              <a:t>to Locate the Microcontent Library</a:t>
+            </a:r>
+            <a:endParaRPr sz="3100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="164" name="Google Shape;164;p27"/>
+          <p:cNvPr id="169" name="Google Shape;169;p27"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="566700" y="1202875"/>
-            <a:ext cx="8010600" cy="1760100"/>
+            <a:off x="406175" y="901875"/>
+            <a:ext cx="8194500" cy="1760100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>When you create Micro-Content it is added to the Micro-Content library field.</a:t>
+              <a:t>When you create microcontent, it is added to the Microcontent library field.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>This way you only need to make and edit something once and it can be used/updated across multiple pages</a:t>
+              <a:t>This way you only need to make and edit something once and it can be used/updated across multiple pages.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="165" name="Google Shape;165;p27"/>
+          <p:cNvPr id="170" name="Google Shape;170;p27"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="14864" l="0" r="0" t="0"/>
+          <a:srcRect b="14865" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2066425" y="2962975"/>
+            <a:off x="2053050" y="2781500"/>
             <a:ext cx="4880048" cy="2032551"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="169" name="Shape 169"/>
+        <p:cNvPr id="174" name="Shape 174"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="170" name="Google Shape;170;p28"/>
+          <p:cNvPr id="175" name="Google Shape;175;p28"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453400" y="224350"/>
-            <a:ext cx="8228100" cy="558000"/>
+            <a:off x="366450" y="157475"/>
+            <a:ext cx="8228100" cy="1074900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Introduction to adding Micro Content Types to the Library &amp; Basic Pages</a:t>
+              <a:t>Introduction to Adding Microcontent Types to the Library and Basic Pages</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="171" name="Google Shape;171;p28"/>
+          <p:cNvPr id="176" name="Google Shape;176;p28"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="130050" y="1299175"/>
-            <a:ext cx="5164800" cy="3642000"/>
+            <a:off x="571500" y="1305875"/>
+            <a:ext cx="5164800" cy="3333300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>You can add micro-content to the micro-content library a few different ways:</a:t>
+              <a:t>You can add microcontent to the Microcontent library a few different ways:</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr indent="-368300" lvl="0" marL="457200" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2200"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Add from the content tab using the “Add Micro-Content” Button</a:t>
+              <a:t>Add from the Content tab using the “Add microcontent” link</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr indent="-368300" lvl="0" marL="457200" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2200"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Add from the “insert from Component library” in a Basic Page</a:t>
+              <a:t>Add from the “insert from Component library” on a Basic page.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="172" name="Google Shape;172;p28"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="177" name="Google Shape;177;p28"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="2387794" y="3772999"/>
+            <a:ext cx="4592975" cy="1154223"/>
+            <a:chOff x="2742288" y="3712802"/>
+            <a:chExt cx="4592975" cy="1154223"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="178" name="Google Shape;178;p28"/>
+            <p:cNvPicPr preferRelativeResize="0"/>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId3">
+              <a:alphaModFix/>
+            </a:blip>
+            <a:srcRect b="0" l="0" r="32396" t="0"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2742288" y="4171100"/>
+              <a:ext cx="4592975" cy="695925"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln cap="flat" cmpd="sng" w="9525">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="179" name="Google Shape;179;p28"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="5400000">
+              <a:off x="5882020" y="3895352"/>
+              <a:ext cx="681300" cy="316200"/>
+            </a:xfrm>
+            <a:prstGeom prst="rightArrow">
+              <a:avLst>
+                <a:gd fmla="val 50000" name="adj1"/>
+                <a:gd fmla="val 50000" name="adj2"/>
+              </a:avLst>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="lt2"/>
+            </a:solidFill>
+            <a:ln cap="flat" cmpd="sng" w="9525">
+              <a:solidFill>
+                <a:schemeClr val="dk2"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:r>
+                <a:t/>
+              </a:r>
+              <a:endParaRPr>
+                <a:latin typeface="Work Sans"/>
+                <a:ea typeface="Work Sans"/>
+                <a:cs typeface="Work Sans"/>
+                <a:sym typeface="Work Sans"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="180" name="Google Shape;180;p28"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5841000" y="1379462"/>
+            <a:ext cx="2880925" cy="2354226"/>
+            <a:chOff x="5841000" y="2014875"/>
+            <a:chExt cx="2880925" cy="2354226"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="181" name="Google Shape;181;p28"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5841000" y="2432850"/>
+              <a:ext cx="682200" cy="277800"/>
+            </a:xfrm>
+            <a:prstGeom prst="rightArrow">
+              <a:avLst>
+                <a:gd fmla="val 50000" name="adj1"/>
+                <a:gd fmla="val 50000" name="adj2"/>
+              </a:avLst>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="lt2"/>
+            </a:solidFill>
+            <a:ln cap="flat" cmpd="sng" w="9525">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:r>
+                <a:t/>
+              </a:r>
+              <a:endParaRPr>
+                <a:latin typeface="Work Sans"/>
+                <a:ea typeface="Work Sans"/>
+                <a:cs typeface="Work Sans"/>
+                <a:sym typeface="Work Sans"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="182" name="Google Shape;182;p28"/>
+            <p:cNvPicPr preferRelativeResize="0"/>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4">
+              <a:alphaModFix/>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6523200" y="2014875"/>
+              <a:ext cx="2198725" cy="2354226"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln cap="flat" cmpd="sng" w="9525">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="183" name="Google Shape;183;p28"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6547348" y="2432850"/>
+              <a:ext cx="976500" cy="200700"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln cap="flat" cmpd="sng" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:r>
+                <a:t/>
+              </a:r>
+              <a:endParaRPr>
+                <a:latin typeface="Work Sans"/>
+                <a:ea typeface="Work Sans"/>
+                <a:cs typeface="Work Sans"/>
+                <a:sym typeface="Work Sans"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="Google Shape;184;p28"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5841000" y="2432850"/>
-[...10 lines deleted...]
-          </a:solidFill>
+            <a:off x="5704625" y="4512100"/>
+            <a:ext cx="316200" cy="193800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
-              <a:schemeClr val="dk2"/>
-[...111 lines deleted...]
-              <a:schemeClr val="dk2"/>
+              <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
@@ -10203,2593 +10465,3113 @@
           <a:xfrm>
             <a:off x="311700" y="2834125"/>
             <a:ext cx="8520600" cy="792600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Understanding &amp; Picking Content Types</a:t>
+              <a:t>Understanding and Choosing Content Types</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="179" name="Shape 179"/>
+        <p:cNvPr id="188" name="Shape 188"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="180" name="Google Shape;180;p29"/>
+          <p:cNvPr id="189" name="Google Shape;189;p29"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453400" y="929100"/>
             <a:ext cx="8228100" cy="3642000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Within the body field this is where you can add the text, links and micro content for your page. Embed micro content will look like a lovely grey box. To edit micro content you click the gear not the pencil</a:t>
+              <a:t>Within the body field you can add text, links, and microcontent to your page. Embedded microcontent will look like a grey box. To edit microcontent, click the gear icon, not the pencil icon.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="181" name="Google Shape;181;p29"/>
+          <p:cNvPr id="190" name="Google Shape;190;p29"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Micro-Content embeds appearance</a:t>
+              <a:t>Microcontent Embeds Appearance</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="182" name="Google Shape;182;p29"/>
+          <p:cNvPr id="191" name="Google Shape;191;p29"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1842838" y="2621825"/>
             <a:ext cx="5458326" cy="2307500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="192" name="Google Shape;192;p29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4547471" y="3067373"/>
+            <a:ext cx="180600" cy="174000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr>
+              <a:latin typeface="Work Sans"/>
+              <a:ea typeface="Work Sans"/>
+              <a:cs typeface="Work Sans"/>
+              <a:sym typeface="Work Sans"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="186" name="Shape 186"/>
+        <p:cNvPr id="196" name="Shape 196"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="187" name="Google Shape;187;p30"/>
+          <p:cNvPr id="197" name="Google Shape;197;p30"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311708" y="744575"/>
             <a:ext cx="8520600" cy="2052900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
               <a:t>How to Work with the </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>Media Library</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="188" name="Google Shape;188;p30"/>
+          <p:cNvPr id="198" name="Google Shape;198;p30"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="2834125"/>
             <a:ext cx="8520600" cy="792600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>You can add, update or delete media directly in the media library</a:t>
+              <a:t>You can add, update, or delete media directly in the Media Library.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="192" name="Shape 192"/>
+        <p:cNvPr id="202" name="Shape 202"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="193" name="Google Shape;193;p31"/>
+          <p:cNvPr id="203" name="Google Shape;203;p31"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453400" y="224350"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Why does the library matter?</a:t>
+              <a:t>Why Does the Library Matter?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="194" name="Google Shape;194;p31"/>
+          <p:cNvPr id="204" name="Google Shape;204;p31"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453400" y="750750"/>
-            <a:ext cx="8366100" cy="3642000"/>
+            <a:off x="453400" y="810947"/>
+            <a:ext cx="8366100" cy="2035800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>The library helps with accessibility because you don’t have to re-create any of the micro content over and over for each </a:t>
+              <a:t>The library helps with accessibility because you don’t have to re-create any of the microcontent over and over for each </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en"/>
               <a:t>individual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t> page but instead you can just paste it from your library and any updates you make to the library micro content then populates everywhere else.</a:t>
+              <a:t> page. Instead you can add it from your library. Any updates you make to the library microcontent then updates everywhere that microcontent is used.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="195" name="Google Shape;195;p31" title="Avatar Sokka GIF"/>
+          <p:cNvPr id="205" name="Google Shape;205;p31" title="Avatar Sokka GIF"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3224086" y="2926250"/>
+            <a:off x="3224098" y="2973075"/>
             <a:ext cx="2686725" cy="2001575"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="199" name="Shape 199"/>
+        <p:cNvPr id="209" name="Shape 209"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="200" name="Google Shape;200;p32"/>
+          <p:cNvPr id="210" name="Google Shape;210;p32"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="420900" y="908025"/>
-            <a:ext cx="3736800" cy="3599400"/>
+            <a:ext cx="4394100" cy="3367800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...3 lines deleted...]
-              <a:rPr lang="en"/>
+              <a:rPr lang="en" sz="1900"/>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1900"/>
+              <a:t>se the edit button within the Media Library to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1900"/>
               <a:t>access</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="1900"/>
+              <a:t> the edit section for a media item. Locate the ‘Remove’ button to update images or document files or embedded links that have been added within the site. Once you’ve clicked the ‘Remove’ button, you’ll be asked to choose a new file to replace the old one. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1900"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="201" name="Google Shape;201;p32"/>
+          <p:cNvPr id="211" name="Google Shape;211;p32"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="420900" y="73150"/>
+            <a:off x="420900" y="166800"/>
             <a:ext cx="8302200" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Updating Images &amp; Media</a:t>
+              <a:t>Updating Images and Media</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="202" name="Google Shape;202;p32"/>
+          <p:cNvPr id="212" name="Google Shape;212;p32"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="5606" l="0" r="13539" t="0"/>
+          <a:srcRect b="5607" l="0" r="13540" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4444425" y="908025"/>
-            <a:ext cx="4278676" cy="3666200"/>
+            <a:off x="4952775" y="1061425"/>
+            <a:ext cx="3821901" cy="3274800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="203" name="Google Shape;203;p32"/>
+          <p:cNvPr id="213" name="Google Shape;213;p32"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6738825" y="3170550"/>
-            <a:ext cx="1263300" cy="0"/>
+            <a:off x="6954300" y="2858275"/>
+            <a:ext cx="1174800" cy="183300"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="med" w="med" type="none"/>
             <a:tailEnd len="med" w="med" type="triangle"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="214" name="Google Shape;214;p32"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8129200" y="2964850"/>
+            <a:ext cx="548400" cy="247500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr>
+              <a:latin typeface="Work Sans"/>
+              <a:ea typeface="Work Sans"/>
+              <a:cs typeface="Work Sans"/>
+              <a:sym typeface="Work Sans"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="215" name="Google Shape;215;p32"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="340398" y="4389725"/>
+            <a:ext cx="5350800" cy="558000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="1500" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Work Sans"/>
+                <a:ea typeface="Work Sans"/>
+                <a:cs typeface="Work Sans"/>
+                <a:sym typeface="Work Sans"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Learn about image and media updating best practices</a:t>
+            </a:r>
+            <a:endParaRPr sz="1500">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Work Sans"/>
+              <a:ea typeface="Work Sans"/>
+              <a:cs typeface="Work Sans"/>
+              <a:sym typeface="Work Sans"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="207" name="Shape 207"/>
+        <p:cNvPr id="219" name="Shape 219"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="208" name="Google Shape;208;p33"/>
+          <p:cNvPr id="220" name="Google Shape;220;p33"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457950" y="775950"/>
-            <a:ext cx="8261400" cy="3591600"/>
+            <a:ext cx="8261400" cy="1482000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
+              <a:rPr lang="en" sz="2000"/>
               <a:t>When you </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="2000"/>
+              <a:t>click the ‘Remove’ button and upload an updated/replacement file and press ‘Save,’ the replacement file will update across the site anywhere that file is being used. This avoids lost or broken images. </a:t>
+            </a:r>
+            <a:endParaRPr sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="209" name="Google Shape;209;p33"/>
+          <p:cNvPr id="221" name="Google Shape;221;p33"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457950" y="193450"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
               <a:t>How to Update Media/Documents</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="210" name="Google Shape;210;p33"/>
+          <p:cNvPr id="222" name="Google Shape;222;p33"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="6890" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2695000" y="2257950"/>
+            <a:ext cx="3257075" cy="2773076"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="226" name="Shape 226"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="227" name="Google Shape;227;p34"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457950" y="775950"/>
+            <a:ext cx="8261400" cy="2007000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>You can adjust the preview/thumbnail of any image you uploaded to the Media Library by selecting ‘Edit.’ Within the image field you will see the ‘Preview’ magnifying glass. You can see how your image will look across all the page types within the image preview popup window.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="228" name="Google Shape;228;p34"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457950" y="193450"/>
+            <a:ext cx="8228100" cy="558000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>How to Adjust the Image Preview</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="229" name="Google Shape;229;p34"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="317025" y="2012775"/>
-            <a:ext cx="3408550" cy="2972525"/>
+            <a:off x="489100" y="2941100"/>
+            <a:ext cx="4082901" cy="1743550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="211" name="Google Shape;211;p33"/>
+          <p:cNvPr id="230" name="Google Shape;230;p34"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="0" l="0" r="6890" t="0"/>
+          <a:srcRect b="11245" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3832025" y="2012775"/>
-            <a:ext cx="3615475" cy="3078225"/>
+            <a:off x="4763900" y="2941100"/>
+            <a:ext cx="3922151" cy="1522950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="215" name="Shape 215"/>
+        <p:cNvPr id="234" name="Shape 234"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="216" name="Google Shape;216;p34"/>
+          <p:cNvPr id="235" name="Google Shape;235;p35"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457950" y="775950"/>
-            <a:ext cx="8261400" cy="3591600"/>
+            <a:off x="453400" y="929100"/>
+            <a:ext cx="8228100" cy="3642000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>You can adjust the preview/thumbnail of the image you uploaded into the media gallery by selecting edit and then within the Image field you will see the Preview magnifying glass. You can see how it will look across all the page types within the image preview popup window.</a:t>
+              <a:t>Hero image (1440 x 604)</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>Graphic Promo Image (704px x 608px)</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>Promo Image (528px x 384px)</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>Visual Link Collection (405px x 304px)</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Stock photography</a:t>
+            </a:r>
+            <a:endParaRPr b="1"/>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>All major Iowa Cabinet level agencies have direct access to Shutterstock. Smaller agencies can access Shutterstock via DOMDoIT </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>ServiceDesk Plus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="217" name="Google Shape;217;p34"/>
+          <p:cNvPr id="236" name="Google Shape;236;p35"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457950" y="193450"/>
+            <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>Image Ratio Resources</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en"/>
-              <a:t>How to Adjust the Image Preview</a:t>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>Google Drive</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="240" name="Shape 240"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="241" name="Google Shape;241;p36"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457950" y="972450"/>
+            <a:ext cx="8539800" cy="1599300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>In order to permanently delete media from your site, select the media in the Media Library. Select the arrow on the ‘Edit’ button to the far </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>right. Use the dropdown to select the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>delete option. </a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="242" name="Google Shape;242;p36"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457950" y="193450"/>
+            <a:ext cx="8228100" cy="633300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>How to Permanently Delete Media</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="218" name="Google Shape;218;p34"/>
+          <p:cNvPr id="243" name="Google Shape;243;p36"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="34921"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128553" y="2797702"/>
+            <a:ext cx="8850826" cy="1599299"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="247" name="Shape 247"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="248" name="Google Shape;248;p37"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457950" y="720950"/>
+            <a:ext cx="8598300" cy="1938300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="900"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>When you try to delete a file from the Media Library, a pop up window will appear letting you know if that file is being used on your site. You can click the ‘r</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>ecorded usages’</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="en" sz="2100"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>link to find the list of where it is being used. It’s safe to delete if it is only being used in a revision or if the usage popup doesn’t appear.</a:t>
+            </a:r>
+            <a:endParaRPr sz="2100"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="249" name="Google Shape;249;p37"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457950" y="93950"/>
+            <a:ext cx="8228100" cy="627000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en"/>
+              <a:t>How to Check if it’s Safe to Delete?</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="250" name="Google Shape;250;p37"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="489100" y="2830800"/>
-            <a:ext cx="4082901" cy="1743550"/>
+            <a:off x="2058225" y="2734325"/>
+            <a:ext cx="5027539" cy="2280250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...27 lines deleted...]
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="223" name="Shape 223"/>
+        <p:cNvPr id="254" name="Shape 254"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="224" name="Google Shape;224;p35"/>
+          <p:cNvPr id="255" name="Google Shape;255;p38"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph idx="1" type="body"/>
+            <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457950" y="1140250"/>
-            <a:ext cx="8539800" cy="3434400"/>
+            <a:off x="242958" y="204500"/>
+            <a:ext cx="8520600" cy="2052900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
-[...1 lines deleted...]
-                <a:spcPts val="900"/>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>In order to permanently delete media from your site you can select the media in the media library and then select the arrow on the right of the edit button to locate the delete option. </a:t>
+              <a:t>Course 2 is All Done!</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...38 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="226" name="Google Shape;226;p35"/>
+          <p:cNvPr id="256" name="Google Shape;256;p38"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="0" l="0" r="0" t="34921"/>
+          <a:srcRect b="6985" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="70450" y="2905251"/>
-            <a:ext cx="9143998" cy="1652275"/>
+            <a:off x="2772625" y="1682226"/>
+            <a:ext cx="3461249" cy="3219375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
-    </p:spTree>
-[...457 lines deleted...]
-      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="48" name="Shape 48"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Google Shape;49;p12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="311700" y="456425"/>
-            <a:ext cx="8520600" cy="951000"/>
+            <a:off x="177925" y="144500"/>
+            <a:ext cx="8690400" cy="742500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="3200"/>
+              <a:t>Which Content Types are Used the Most?</a:t>
+            </a:r>
+            <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="50" name="Google Shape;50;p12"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="6855" l="0" r="2486" t="0"/>
+          <a:srcRect b="6855" l="0" r="2487" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1065725" y="2534450"/>
+            <a:off x="1065725" y="2266900"/>
             <a:ext cx="7012548" cy="2024525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Google Shape;51;p12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="57600" y="1903250"/>
+            <a:off x="57600" y="1234400"/>
             <a:ext cx="9028800" cy="631200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="2900" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Work Sans"/>
                 <a:ea typeface="Work Sans"/>
                 <a:cs typeface="Work Sans"/>
                 <a:sym typeface="Work Sans"/>
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>Which Content Type Should I Use?</a:t>
+              <a:t>Which content type should I use?</a:t>
             </a:r>
             <a:endParaRPr sz="2900">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Work Sans"/>
               <a:ea typeface="Work Sans"/>
               <a:cs typeface="Work Sans"/>
               <a:sym typeface="Work Sans"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...90 lines deleted...]
-      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="55" name="Shape 55"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="Google Shape;56;p13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="774925"/>
-            <a:ext cx="8395800" cy="1796700"/>
+            <a:ext cx="8395800" cy="1717200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>Content Types are web pages. Each has specific content that can be applied, added, or embedded.</a:t>
+            </a:r>
+            <a:endParaRPr sz="2100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>You can see the library of all of the pages/content types that are currently on your site by clicking the ‘Content’ button. </a:t>
+            </a:r>
+            <a:endParaRPr sz="2100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Google Shape;57;p13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453500" y="216925"/>
+            <a:off x="457950" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>What are Content Types</a:t>
+              <a:t>What are Content Types?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="58" name="Google Shape;58;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1818900" y="2418500"/>
+            <a:off x="1818900" y="2405141"/>
             <a:ext cx="5506199" cy="2670976"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Google Shape;59;p13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2052650" y="2559050"/>
+            <a:ext cx="387900" cy="127200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr>
+              <a:latin typeface="Work Sans"/>
+              <a:ea typeface="Work Sans"/>
+              <a:cs typeface="Work Sans"/>
+              <a:sym typeface="Work Sans"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="62" name="Shape 62"/>
+        <p:cNvPr id="63" name="Shape 63"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="63" name="Google Shape;63;p14"/>
+          <p:cNvPr id="64" name="Google Shape;64;p14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="774925"/>
-            <a:ext cx="8395800" cy="1796700"/>
+            <a:ext cx="8395800" cy="1954200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Use the basic page content type for text information, it will have the menu navigation on the side. You can style text bold and italic, and create headers, lists, and tables. You can also embed images and add microcontent components like promos, lists, and link collections. </a:t>
+              <a:t>Use the Basic page content type for text information. Basic pages will have the menu navigation on the right side. You can style text bold and italic, and create headers, lists, and tables. You can also embed images and add microcontent components like Promos, Lists, and Link Collections. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="64" name="Google Shape;64;p14"/>
+          <p:cNvPr id="65" name="Google Shape;65;p14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>When to use Basic Pages</a:t>
+              <a:t>When to Use Basic Pages</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="65" name="Google Shape;65;p14"/>
+          <p:cNvPr id="66" name="Google Shape;66;p14"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="15103" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2562550" y="2729100"/>
             <a:ext cx="4018901" cy="2219449"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Google Shape;67;p14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5263150" y="3528875"/>
+            <a:ext cx="1257600" cy="1364400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr>
+              <a:latin typeface="Work Sans"/>
+              <a:ea typeface="Work Sans"/>
+              <a:cs typeface="Work Sans"/>
+              <a:sym typeface="Work Sans"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="69" name="Shape 69"/>
+        <p:cNvPr id="71" name="Shape 71"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="70" name="Google Shape;70;p15"/>
+          <p:cNvPr id="72" name="Google Shape;72;p15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453500" y="774925"/>
-            <a:ext cx="5044800" cy="3985800"/>
+            <a:off x="453500" y="841811"/>
+            <a:ext cx="4749600" cy="3985800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Use the landing page content type to create a hub of related content with a custom layout. Landing pages give an overview of a site section, grouping and prioritizing content. Often links in your site's primary navigation will be landing pages.</a:t>
+              <a:t>Use the Landing page content type to create a hub of related content with a custom layout. Landing pages give an overview of a site section, grouping and prioritizing content. Often links in your site's primary navigation will be landing pages.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="71" name="Google Shape;71;p15"/>
+          <p:cNvPr id="73" name="Google Shape;73;p15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>When to use Landing Pages</a:t>
+              <a:t>When to Use Landing Pages</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="72" name="Google Shape;72;p15"/>
+          <p:cNvPr id="74" name="Google Shape;74;p15"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5415980" y="774925"/>
-            <a:ext cx="3574275" cy="3824724"/>
+            <a:off x="5335725" y="863925"/>
+            <a:ext cx="3472351" cy="3715650"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="76" name="Shape 76"/>
+        <p:cNvPr id="78" name="Shape 78"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="77" name="Google Shape;77;p16"/>
+          <p:cNvPr id="79" name="Google Shape;79;p16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="774925"/>
-            <a:ext cx="5044800" cy="3985800"/>
+            <a:ext cx="4890000" cy="3985800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Use the listing page content type to create automated lists of content. For example, you can create a list of all public agency office locations, or a list of documents about a topic. Lists are updated automatically as you add or remove content. Site visitors can search and filter lists you create.</a:t>
+              <a:t>Use the Listing page content type to create automated lists of content. For example, you can create a list of all public agency office locations, or a list of documents about a topic. Lists are updated automatically as you add or remove content. Site visitors can search and filter lists you create.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="78" name="Google Shape;78;p16"/>
+          <p:cNvPr id="80" name="Google Shape;80;p16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>When to use Listing Pages</a:t>
+              <a:t>When to Use Listing Pages</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="79" name="Google Shape;79;p16"/>
+          <p:cNvPr id="81" name="Google Shape;81;p16"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="13359" l="0" r="0" t="0"/>
+          <a:srcRect b="13360" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5498300" y="832313"/>
             <a:ext cx="3516775" cy="3478880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="83" name="Shape 83"/>
+        <p:cNvPr id="85" name="Shape 85"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="84" name="Google Shape;84;p17"/>
+          <p:cNvPr id="86" name="Google Shape;86;p17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453500" y="774925"/>
-            <a:ext cx="5044800" cy="3985800"/>
+            <a:off x="453500" y="794991"/>
+            <a:ext cx="4863300" cy="4319100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-[...2 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr lang="en" sz="2100"/>
+              <a:t>Use the Contact content type to provide contact information for a person or a role at your agency. A contact can be a specific person, or a role, like Help Desk. Embed a contact in another content type, like a Basic page, to provide easy access to contact information for a topic or service. This can also be added to the footer for the social media icons to appear.</a:t>
+            </a:r>
+            <a:endParaRPr sz="2100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="85" name="Google Shape;85;p17"/>
+          <p:cNvPr id="87" name="Google Shape;87;p17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>When to Contact Pages</a:t>
+              <a:t>When to Use Contact Pages</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="86" name="Google Shape;86;p17"/>
+          <p:cNvPr id="88" name="Google Shape;88;p17"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5401325" y="927325"/>
+            <a:off x="5401325" y="900571"/>
             <a:ext cx="3637249" cy="2388949"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="90" name="Shape 90"/>
+        <p:cNvPr id="92" name="Shape 92"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="91" name="Google Shape;91;p18"/>
+          <p:cNvPr id="93" name="Google Shape;93;p18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="453500" y="774925"/>
-            <a:ext cx="5044800" cy="3985800"/>
+            <a:off x="453500" y="801679"/>
+            <a:ext cx="4796400" cy="3985800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>Use the location content type to provide information about a place that the public can visit. You can include hours of operation, areas served, contact information, and other details. This is also the content type that you can add within the footer menu for your agency address to appear</a:t>
+              <a:t>Use the Location content type to provide information about a place that the public can visit. You can include hours of operation, areas served, contact information, and other details. This is also the content type that you can add within the footer menu for your agency address to appear</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="92" name="Google Shape;92;p18"/>
+          <p:cNvPr id="94" name="Google Shape;94;p18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453500" y="216925"/>
             <a:ext cx="8228100" cy="558000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="35550" lIns="71100" spcFirstLastPara="1" rIns="71100" wrap="square" tIns="35550">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en"/>
-              <a:t>When to Location Pages</a:t>
+              <a:t>When to Use Location Pages</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="93" name="Google Shape;93;p18"/>
+          <p:cNvPr id="95" name="Google Shape;95;p18"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5345875" y="927325"/>
+            <a:off x="5332498" y="940702"/>
             <a:ext cx="3645724" cy="2494625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DOM DoIT">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="03617A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="C6D667"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="70C7B8"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="1A405C"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="E0A624"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="E33D2E"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="C16125"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="2E3030"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="1C5DBA"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
     <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
@@ -13023,304 +13805,25 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
-
-[...277 lines deleted...]
-</file>